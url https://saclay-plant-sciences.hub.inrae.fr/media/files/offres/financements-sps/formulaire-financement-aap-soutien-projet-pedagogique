--- v0 (2025-10-19)
+++ v1 (2026-02-21)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="05EF33EE" w14:textId="08C3E9B2" w:rsidR="00A11D1B" w:rsidRPr="00EB534B" w:rsidRDefault="00432431" w:rsidP="008C5C65">
+    <w:p w14:paraId="05EF33EE" w14:textId="54406A0C" w:rsidR="00A11D1B" w:rsidRPr="00EB534B" w:rsidRDefault="00432431" w:rsidP="008C5C65">
       <w:pPr>
         <w:ind w:right="-432"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Soumission</w:t>
       </w:r>
       <w:r w:rsidR="00D764F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> en ligne</w:t>
       </w:r>
@@ -92,57 +92,57 @@
       </w:r>
       <w:r w:rsidR="00E067FB" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00665C46" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">avril </w:t>
       </w:r>
       <w:r w:rsidR="00E067FB" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00E067FB">
+      <w:r w:rsidR="0083324E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E067FB" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(minuit) </w:t>
       </w:r>
       <w:r w:rsidR="00A11D1B" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -208,85 +208,78 @@
               <w:t>Appel d’Offre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77DE5EAB" w14:textId="77777777" w:rsidR="00A11D1B" w:rsidRPr="00014B7E" w:rsidRDefault="008F2A48" w:rsidP="00DF74E2">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014B7E">
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>Soutien Projet pédagogique</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28E2B2D8" w14:textId="01B97BF0" w:rsidR="00A11D1B" w:rsidRPr="00014B7E" w:rsidRDefault="0046143F" w:rsidP="00DF74E2">
+          <w:p w14:paraId="28E2B2D8" w14:textId="3FBBDE78" w:rsidR="00A11D1B" w:rsidRPr="00014B7E" w:rsidRDefault="0083324E" w:rsidP="00DF74E2">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014B7E">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00244C53">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...6 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BF3D187" w14:textId="77777777" w:rsidR="00A11D1B" w:rsidRPr="00014B7E" w:rsidRDefault="00A11D1B" w:rsidP="00DF74E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CB9E865" w14:textId="7271E57D" w:rsidR="00A11D1B" w:rsidRPr="00014B7E" w:rsidRDefault="00CE72F6" w:rsidP="00DF74E2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -354,51 +347,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D35E7A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Calendrier</w:t>
       </w:r>
       <w:r w:rsidRPr="00014B7E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00014B7E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F992EA" w14:textId="5A8B18DC" w:rsidR="00E628FE" w:rsidRPr="000F6802" w:rsidRDefault="00E628FE" w:rsidP="00E628FE">
+    <w:p w14:paraId="48F992EA" w14:textId="25528939" w:rsidR="00E628FE" w:rsidRPr="000F6802" w:rsidRDefault="00E628FE" w:rsidP="00E628FE">
       <w:pPr>
         <w:ind w:right="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E067FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Date limite de soumission </w:t>
       </w:r>
       <w:r w:rsidR="003E6C30" w:rsidRPr="00E067FB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008C5C65" w:rsidRPr="00E067FB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -416,70 +409,82 @@
       </w:r>
       <w:r w:rsidR="00E067FB" w:rsidRPr="00E82C29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00527115" w:rsidRPr="00E82C29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C3898" w:rsidRPr="00E82C29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>avril</w:t>
       </w:r>
       <w:r w:rsidR="00A56A93" w:rsidRPr="00E82C29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E067FB" w:rsidRPr="00E82C29">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">2025 </w:t>
+      <w:r w:rsidR="0083324E" w:rsidRPr="00E82C29">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0083324E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0083324E" w:rsidRPr="00E82C29">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C5C65" w:rsidRPr="00E82C29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(minuit)</w:t>
       </w:r>
       <w:r w:rsidR="003E6C30" w:rsidRPr="00DC7359">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2985E5DD" w14:textId="149A5944" w:rsidR="00E628FE" w:rsidRPr="00014B7E" w:rsidRDefault="00E628FE" w:rsidP="00E628FE">
+    <w:p w14:paraId="2985E5DD" w14:textId="0E2585E9" w:rsidR="00E628FE" w:rsidRPr="00014B7E" w:rsidRDefault="00E628FE" w:rsidP="00E628FE">
       <w:pPr>
         <w:ind w:right="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6802">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Résultats </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6802">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F6802">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -491,1360 +496,1682 @@
       </w:r>
       <w:r w:rsidR="008C5C65" w:rsidRPr="000F6802">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C5C65" w:rsidRPr="000F6802">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005C3898" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="008C5C65" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uin </w:t>
       </w:r>
-      <w:r w:rsidR="00837D96" w:rsidRPr="00D34C5B">
+      <w:r w:rsidR="0083324E" w:rsidRPr="00D34C5B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CE11A5">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0083324E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A80F557" w14:textId="77777777" w:rsidR="00CD057D" w:rsidRDefault="00CD057D" w:rsidP="008F2A48">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3450E349" w14:textId="656C7D37" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
+    <w:p w14:paraId="3450E349" w14:textId="656C7D37" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">L'objectif de formation et enseignement du </w:t>
       </w:r>
-      <w:r w:rsidR="00575C53" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00575C53" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">réseau </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SPS est de soutenir des actions ayant au moins une des caractéristiques suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2C4110" w14:textId="77777777" w:rsidR="004B7BF9" w:rsidRPr="00DC7359" w:rsidRDefault="004B7BF9" w:rsidP="004B7BF9">
+    <w:p w14:paraId="1E2C4110" w14:textId="77777777" w:rsidR="004B7BF9" w:rsidRPr="000F287A" w:rsidRDefault="004B7BF9" w:rsidP="004B7BF9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>favorisant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’attractivité des formations en biologie végétale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C8B89D" w14:textId="7B25CCFB" w:rsidR="004B7BF9" w:rsidRPr="00DC7359" w:rsidRDefault="004B7BF9" w:rsidP="004B7BF9">
+    <w:p w14:paraId="22C8B89D" w14:textId="7B25CCFB" w:rsidR="004B7BF9" w:rsidRPr="000F287A" w:rsidRDefault="004B7BF9" w:rsidP="004B7BF9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>innovantes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> au niveau pédagogique</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>, technologique</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et/ou thématique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095F228D" w14:textId="112CA4A9" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
+    <w:p w14:paraId="095F228D" w14:textId="112CA4A9" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>impliquant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> plusieurs formations et plusieurs instituts du </w:t>
       </w:r>
-      <w:r w:rsidR="00575C53" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00575C53" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>réseau</w:t>
       </w:r>
-      <w:r w:rsidR="00164589" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00164589" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, ou plusieurs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00164589" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00164589" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LabEx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="21BD2197" w14:textId="7435BE7A" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
+    <w:p w14:paraId="21BD2197" w14:textId="7435BE7A" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>favorisant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'ouverture vers des partenaires nationaux/européens et</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>/ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> vers le secteur privé. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBE5154" w14:textId="77777777" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
+    <w:p w14:paraId="6FBE5154" w14:textId="77777777" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="59A268FE" w14:textId="77777777" w:rsidR="00575C53" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="00FB3A98">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A268FE" w14:textId="77777777" w:rsidR="00575C53" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="00FB3A98">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DC7359">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>Le financement sera dédié à de l'équipement et</w:t>
       </w:r>
-      <w:r w:rsidR="00164589" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00164589" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t>/ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
+      <w:r w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Helvetica"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> du fonctionnement pour promouvoir le projet pédagogique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB929C2" w14:textId="77777777" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="00FB3A98">
+    <w:p w14:paraId="6BB929C2" w14:textId="77777777" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="00FB3A98">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3983FA14" w14:textId="6A69BB8F" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
+    <w:p w14:paraId="3983FA14" w14:textId="6A69BB8F" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="008F2A48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Objectifs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> : SPS soutiendra des </w:t>
       </w:r>
-      <w:r w:rsidR="00B36DD9" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B36DD9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>actions dans le cadre d’</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unités d’enseignement (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UE</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B7BF9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004B7BF9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de licence</w:t>
       </w:r>
-      <w:r w:rsidR="0062004D" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0062004D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, de cycle ingénieur AgroParisTech</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004B7BF9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004B7BF9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de master</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
-      <w:r w:rsidR="0062004D" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0062004D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/ou</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s dominantes d’approfondissement</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00DB29E9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DB29E9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ingénieur</w:t>
       </w:r>
-      <w:r w:rsidR="00253DC8" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00253DC8" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du réseau SPS</w:t>
       </w:r>
-      <w:r w:rsidR="004B7BF9" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004B7BF9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, ou des formations continues</w:t>
       </w:r>
-      <w:r w:rsidR="00665C46" w:rsidRPr="00DC7359">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00665C46" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et/ou doctorales</w:t>
       </w:r>
-      <w:r w:rsidR="004B7BF9" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004B7BF9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>qui répondront à au moins un des critères ci-dessus. Ces UE</w:t>
       </w:r>
-      <w:r w:rsidR="005347BB" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005347BB" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, si elles concernent le Master 2,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005347BB" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005347BB" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s’efforceront</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005347BB" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005347BB" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>impliquer des</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>enseignant</w:t>
       </w:r>
-      <w:r w:rsidR="00322CA4" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00322CA4" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s-chercheur</w:t>
       </w:r>
-      <w:r w:rsidR="00322CA4" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00322CA4" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>·euse</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>EC</w:t>
       </w:r>
-      <w:r w:rsidR="002D186D" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002D186D" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de différentes tutelles et si possible de différents instituts. Idéalement, ces UE pourront être ouvertes à l'extérieur par exemple à nos partenaires européens ou au moins promouvoir un enseignement en anglais. Il pourra s'agir d'UE déjà existante</w:t>
       </w:r>
-      <w:r w:rsidR="00122574" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00122574" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171D9BD2" w14:textId="6F6C65A4" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="00600709" w:rsidP="002E497F">
+    <w:p w14:paraId="171D9BD2" w14:textId="6F6C65A4" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="00600709" w:rsidP="002E497F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SPS</w:t>
       </w:r>
-      <w:r w:rsidR="008F2A48" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="008F2A48" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> souhaiterait soutenir en particulier des UE favorisant </w:t>
       </w:r>
-      <w:r w:rsidR="00D445C3" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D445C3" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">certains des critères suivants </w:t>
       </w:r>
-      <w:r w:rsidR="008F2A48" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="008F2A48" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695DC826" w14:textId="07BDC25C" w:rsidR="0082625A" w:rsidRPr="00DC7359" w:rsidRDefault="0082625A" w:rsidP="002E497F">
+    <w:p w14:paraId="695DC826" w14:textId="07BDC25C" w:rsidR="0082625A" w:rsidRPr="000F287A" w:rsidRDefault="0082625A" w:rsidP="002E497F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> formation par la recherche</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B583050" w14:textId="13B76BBD" w:rsidR="0082625A" w:rsidRPr="00DC7359" w:rsidRDefault="0082625A" w:rsidP="0082625A">
+    <w:p w14:paraId="7B583050" w14:textId="13B76BBD" w:rsidR="0082625A" w:rsidRPr="000F287A" w:rsidRDefault="0082625A" w:rsidP="0082625A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l'acquisition</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de nouvelles compétences techniques et/ou scientifiques spécifiques, en lien avec des thématiques du réseau SPS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EF96DC" w14:textId="7614E105" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="002E497F">
+    <w:p w14:paraId="65EF96DC" w14:textId="7614E105" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="002E497F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> travail des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>étudiant</w:t>
       </w:r>
-      <w:r w:rsidR="00322CA4" w:rsidRPr="00DC7359">
+      <w:r w:rsidR="00322CA4" w:rsidRPr="000F287A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>·e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> en groupe ou par projet</w:t>
       </w:r>
-      <w:r w:rsidR="00B87728" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B87728" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et l’innovation pédagogique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DFC1C4" w14:textId="3C7BED00" w:rsidR="008F2A48" w:rsidRPr="00DC7359" w:rsidRDefault="008F2A48" w:rsidP="002E497F">
+    <w:p w14:paraId="21DFC1C4" w14:textId="3C7BED00" w:rsidR="008F2A48" w:rsidRPr="000F287A" w:rsidRDefault="008F2A48" w:rsidP="002E497F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00B36877" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B36877" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00B36877" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B36877" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pratique de l’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>anglais</w:t>
       </w:r>
-      <w:r w:rsidR="00B36877" w:rsidRPr="00DC7359">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B36877" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> scientifique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F90BB07" w14:textId="08A51F54" w:rsidR="00B24508" w:rsidRPr="00DC7359" w:rsidRDefault="00B24508" w:rsidP="002E497F">
+    <w:p w14:paraId="6F90BB07" w14:textId="08A51F54" w:rsidR="00B24508" w:rsidRPr="000F287A" w:rsidRDefault="00B24508" w:rsidP="002E497F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l’ouverture</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à plusieurs formations, y compris </w:t>
+      </w:r>
+      <w:r w:rsidR="00322CA4" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">licence et </w:t>
+      </w:r>
+      <w:r w:rsidR="00322CA4" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formation continue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D1ED3D" w14:textId="7414D338" w:rsidR="00CD057D" w:rsidRDefault="00CD057D" w:rsidP="00822DAA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC363EC" w14:textId="77777777" w:rsidR="005A3F4E" w:rsidRPr="00014B7E" w:rsidRDefault="005A3F4E" w:rsidP="005A3F4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Un porteur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44317">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou une porteuse de projet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peut demander un co-financement de l’équipement qu’il</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/elle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> souhaite acheter, entre le présent AAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Soutien projet pédagogique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et l’AAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Outils Communs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6802">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DC7359">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>https://saclay-plant-sciences.hub.inrae.fr/rubriques-verticales2/appels-a-projets-sps-et-offres-d-emploi/financements-sps/appel-a-projets-outils-communs</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00DC7359">
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6802">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sous</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC7359">
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="29590C88" w14:textId="503408E5" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="008F2A48" w:rsidP="00B07425">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> réserve que les deux conditions suivantes soient remplies :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDD1639" w14:textId="77777777" w:rsidR="005A3F4E" w:rsidRPr="00014B7E" w:rsidRDefault="005A3F4E" w:rsidP="005A3F4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>- Remplir les demandes pour les deux</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AAP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BAA591C" w14:textId="77777777" w:rsidR="005A3F4E" w:rsidRDefault="005A3F4E" w:rsidP="005A3F4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>- S’engager à mettre le matériel demandé dans les deux</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AAP à disposition du collectif enseignement-recherche.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF7FD75" w14:textId="77777777" w:rsidR="005A3F4E" w:rsidRDefault="005A3F4E" w:rsidP="00822DAA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B61A280" w14:textId="77777777" w:rsidR="00657E5B" w:rsidRDefault="00657E5B" w:rsidP="005A3F4E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-        </w:rPr>
-[...153 lines deleted...]
-    <w:p w14:paraId="163F1282" w14:textId="55271928" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE390B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IMPORTANT :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126B9024" w14:textId="7306EA91" w:rsidR="005A3F4E" w:rsidRPr="000F287A" w:rsidRDefault="005A3F4E" w:rsidP="000F287A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-[...43 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pour les projets impliquant des équipements qui ne sont pas utilisés à 100% pour la formation :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725BE67C" w14:textId="730A1465" w:rsidR="005A3F4E" w:rsidRPr="000F287A" w:rsidRDefault="005A3F4E" w:rsidP="000F287A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Attention, cette année, une attention particulière sera apportée au ratio entre le % du coût demandé à travers cet appel et le % du temps machine de l’équipement destiné à des activités de formation. Dans tous les cas, la somme demandée à travers cet appel ne pourra pas être supérieure à 30% du coût total de l’équipement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE12AE0" w14:textId="61361058" w:rsidR="00CD057D" w:rsidRPr="000F287A" w:rsidRDefault="005A3F4E" w:rsidP="000F287A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B56FD0">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Les équipements utilisés à 100% pour la formation ne sont pas concernés par cette règle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721DF202" w14:textId="77777777" w:rsidR="005A3F4E" w:rsidRPr="000F287A" w:rsidRDefault="005A3F4E" w:rsidP="005A3F4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E143CF6" w14:textId="77777777" w:rsidR="00657E5B" w:rsidRDefault="008F2A48" w:rsidP="00B07425">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IMPORTANT :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29590C88" w14:textId="508F0214" w:rsidR="00B07425" w:rsidRPr="000F287A" w:rsidRDefault="009D679A" w:rsidP="00B07425">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SPS</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2A48" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne considérera que les demandes concernant des projets pédagogiques validés par les instances de pilotage </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36DD9" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>des formations</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07425" w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1C8FAF" w14:textId="77777777" w:rsidR="00EF1DD7" w:rsidRPr="000F287A" w:rsidRDefault="00EF1DD7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0D9DF8" w14:textId="24B79EA7" w:rsidR="00EF1DD7" w:rsidRPr="000F287A" w:rsidRDefault="00EF1DD7" w:rsidP="00EF1DD7">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F287A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="005C3898" w:rsidRPr="000F287A">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>formation-sps@inrae.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="58427C6B" w14:textId="05C12DFB" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AC0BDC" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fiche de projet pédagogique pour une demande de soutien SPS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284FBB7C" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>(2 pages maximum)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FEF408" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:br/>
+        <w:t>Date de la demande :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E4ADD4" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DED461B" w14:textId="77460B29" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Coordinateur</w:t>
+      </w:r>
+      <w:r w:rsidR="00C874F2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou coordinatrice :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A7341A" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:t>Nom :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4386AF6C" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:t>Prénom :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2104A43E" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:t>Laboratoire :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1DA87A" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:t>Email :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED534DF" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:r w:rsidRPr="00014B7E">
+        <w:t>Tel :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045A4614" w14:textId="77777777" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425"/>
+    <w:p w14:paraId="163F1282" w14:textId="55271928" w:rsidR="00B07425" w:rsidRPr="00014B7E" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Formation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36DD9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concernée</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36DD9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014B7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par la demande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB5C345" w14:textId="162741DF" w:rsidR="00B07425" w:rsidRDefault="00B07425" w:rsidP="00B07425">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F441C1" w14:textId="6661565D" w:rsidR="00C31E46" w:rsidRDefault="00C31E46" w:rsidP="00C31E46">
+      <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00B56FD0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve">La demande doit concerner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B56FD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B56FD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> minima l’une des formations SPS (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00BB0A6C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://saclay-plant-sciences.hub.inrae.fr/formation/enseignement-superieur</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B56FD0">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33065CEA" w14:textId="77777777" w:rsidR="00B56FD0" w:rsidRDefault="00B56FD0" w:rsidP="00B07425">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -2717,51 +3044,102 @@
       <w:r w:rsidRPr="00BF73DB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Financement demandé </w:t>
       </w:r>
       <w:r w:rsidR="00EB0601" w:rsidRPr="00BF73DB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">à SPS </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF73DB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(justifier)</w:t>
       </w:r>
       <w:r w:rsidR="00EB0601">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00014B7E">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D07AA26" w14:textId="77777777" w:rsidR="00EB0601" w:rsidRDefault="00EB0601" w:rsidP="00B07425"/>
+    <w:p w14:paraId="6D07AA26" w14:textId="6C090AB5" w:rsidR="00EB0601" w:rsidRPr="00920183" w:rsidRDefault="00920183" w:rsidP="00920183">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920183">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920183">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>rappel, pour</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920183">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>les projets impliquant des équipements qui ne sont pas utilisés à 100% pour la formation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920183">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920183">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>la somme demandée à travers cet appel ne pourra pas être supérieure à 30% du coût total de l’équipement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF9DFBB" w14:textId="77777777" w:rsidR="00920183" w:rsidRDefault="00920183" w:rsidP="00920183"/>
     <w:p w14:paraId="15DFBF90" w14:textId="77777777" w:rsidR="00EB0601" w:rsidRDefault="00EB0601" w:rsidP="00EB0601">
       <w:r w:rsidRPr="00BF73DB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Cofinancement(s) complémentaire(s)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C4C16B" w14:textId="77777777" w:rsidR="00EB0601" w:rsidRPr="00BF73DB" w:rsidRDefault="00EB0601" w:rsidP="00EB0601">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF73DB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Très fortement conseillé pour tout équipement / Nécessaire pour les équipements &gt; 35k€.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3CF1FF" w14:textId="77777777" w:rsidR="00EB0601" w:rsidRPr="00BF73DB" w:rsidRDefault="00EB0601" w:rsidP="00EB0601">
@@ -3040,51 +3418,51 @@
       </w:r>
       <w:r w:rsidRPr="00014B7E">
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C65FCE5" w14:textId="54157321" w:rsidR="00B07425" w:rsidRDefault="00B07425" w:rsidP="00B07425">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55EE8EA2" w14:textId="5EE7BEF5" w:rsidR="00B571DF" w:rsidRDefault="00B571DF" w:rsidP="00B07425">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B95AF6B" w14:textId="387783B9" w:rsidR="00B571DF" w:rsidRDefault="00B571DF" w:rsidP="00B07425">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C0520C1" w14:textId="77777777" w:rsidR="00B571DF" w:rsidRDefault="00B571DF" w:rsidP="00B07425">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FEBD126" w14:textId="653453CB" w:rsidR="00B571DF" w:rsidRPr="00CB59B1" w:rsidRDefault="00E82C29" w:rsidP="00B571DF">
+    <w:p w14:paraId="0FEBD126" w14:textId="653453CB" w:rsidR="00B571DF" w:rsidRPr="00CB59B1" w:rsidRDefault="00920183" w:rsidP="00B571DF">
       <w:pPr>
         <w:ind w:right="281"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1384554779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B571DF" w:rsidRPr="00CB59B1">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
             </w:rPr>
@@ -3166,51 +3544,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -3596,178 +3974,189 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B0F82"/>
     <w:rsid w:val="00010CD9"/>
     <w:rsid w:val="00014B7E"/>
     <w:rsid w:val="00015737"/>
     <w:rsid w:val="00021D6A"/>
     <w:rsid w:val="00036FDD"/>
+    <w:rsid w:val="000424B3"/>
     <w:rsid w:val="00070D45"/>
     <w:rsid w:val="000A6277"/>
     <w:rsid w:val="000B3B7A"/>
     <w:rsid w:val="000C571D"/>
     <w:rsid w:val="000E2D61"/>
+    <w:rsid w:val="000F287A"/>
     <w:rsid w:val="000F6802"/>
     <w:rsid w:val="00103EFE"/>
     <w:rsid w:val="00122574"/>
+    <w:rsid w:val="00127B64"/>
     <w:rsid w:val="00136B5A"/>
     <w:rsid w:val="00140A88"/>
     <w:rsid w:val="0015279C"/>
     <w:rsid w:val="0016025B"/>
     <w:rsid w:val="00164589"/>
     <w:rsid w:val="001757B0"/>
     <w:rsid w:val="00187556"/>
     <w:rsid w:val="001875E2"/>
+    <w:rsid w:val="0019384F"/>
     <w:rsid w:val="001C2044"/>
     <w:rsid w:val="001C3756"/>
     <w:rsid w:val="001E554C"/>
     <w:rsid w:val="001F3CE1"/>
     <w:rsid w:val="001F701B"/>
     <w:rsid w:val="00232C80"/>
     <w:rsid w:val="002414B6"/>
     <w:rsid w:val="00244C53"/>
     <w:rsid w:val="00253DC8"/>
     <w:rsid w:val="00281E09"/>
     <w:rsid w:val="002A420B"/>
     <w:rsid w:val="002A73EF"/>
     <w:rsid w:val="002B5010"/>
     <w:rsid w:val="002C328C"/>
     <w:rsid w:val="002C38AB"/>
+    <w:rsid w:val="002C7900"/>
     <w:rsid w:val="002D186D"/>
     <w:rsid w:val="002E497F"/>
     <w:rsid w:val="002E591C"/>
     <w:rsid w:val="002F5913"/>
     <w:rsid w:val="00322CA4"/>
     <w:rsid w:val="0034756E"/>
     <w:rsid w:val="003517BF"/>
     <w:rsid w:val="003634DB"/>
     <w:rsid w:val="003765F2"/>
     <w:rsid w:val="00381DF1"/>
     <w:rsid w:val="003C7080"/>
     <w:rsid w:val="003E6C30"/>
     <w:rsid w:val="003F412D"/>
     <w:rsid w:val="00427280"/>
     <w:rsid w:val="00432431"/>
     <w:rsid w:val="0043790B"/>
     <w:rsid w:val="0046143F"/>
     <w:rsid w:val="00471C8E"/>
     <w:rsid w:val="00487AE6"/>
     <w:rsid w:val="004A6CAB"/>
     <w:rsid w:val="004B7BF9"/>
     <w:rsid w:val="004C1A1A"/>
     <w:rsid w:val="004D7C2F"/>
     <w:rsid w:val="004E6781"/>
+    <w:rsid w:val="00523C13"/>
     <w:rsid w:val="0052503E"/>
     <w:rsid w:val="00527115"/>
     <w:rsid w:val="005347BB"/>
     <w:rsid w:val="00546815"/>
     <w:rsid w:val="00563CD0"/>
     <w:rsid w:val="00570F1B"/>
     <w:rsid w:val="00571614"/>
     <w:rsid w:val="00575C53"/>
+    <w:rsid w:val="005A3F4E"/>
     <w:rsid w:val="005B0F82"/>
     <w:rsid w:val="005C3898"/>
     <w:rsid w:val="005D389B"/>
     <w:rsid w:val="005E6659"/>
     <w:rsid w:val="005F6C40"/>
     <w:rsid w:val="005F718E"/>
     <w:rsid w:val="00600709"/>
     <w:rsid w:val="0062004D"/>
     <w:rsid w:val="00630D4C"/>
     <w:rsid w:val="00634192"/>
     <w:rsid w:val="00640BCA"/>
     <w:rsid w:val="00657BFC"/>
+    <w:rsid w:val="00657E5B"/>
     <w:rsid w:val="00665C46"/>
     <w:rsid w:val="006714F0"/>
     <w:rsid w:val="006873BB"/>
     <w:rsid w:val="00694A89"/>
     <w:rsid w:val="00703758"/>
+    <w:rsid w:val="00703906"/>
     <w:rsid w:val="00713628"/>
     <w:rsid w:val="00713BD2"/>
     <w:rsid w:val="00714D23"/>
     <w:rsid w:val="00717297"/>
     <w:rsid w:val="007179F5"/>
     <w:rsid w:val="007300CF"/>
     <w:rsid w:val="00774831"/>
     <w:rsid w:val="0079026A"/>
     <w:rsid w:val="007B2F36"/>
     <w:rsid w:val="007B4618"/>
     <w:rsid w:val="007C75A1"/>
     <w:rsid w:val="007D27A8"/>
     <w:rsid w:val="007E6B89"/>
     <w:rsid w:val="00822DAA"/>
     <w:rsid w:val="0082625A"/>
+    <w:rsid w:val="0083324E"/>
     <w:rsid w:val="00837D96"/>
     <w:rsid w:val="00892DFC"/>
     <w:rsid w:val="008B649C"/>
     <w:rsid w:val="008C5C65"/>
     <w:rsid w:val="008F2A48"/>
     <w:rsid w:val="009053E7"/>
     <w:rsid w:val="00913A84"/>
+    <w:rsid w:val="00920183"/>
     <w:rsid w:val="0092382F"/>
     <w:rsid w:val="00923933"/>
     <w:rsid w:val="009C0222"/>
     <w:rsid w:val="009D679A"/>
     <w:rsid w:val="00A00A3D"/>
     <w:rsid w:val="00A0122D"/>
     <w:rsid w:val="00A11D1B"/>
     <w:rsid w:val="00A14380"/>
     <w:rsid w:val="00A22F20"/>
     <w:rsid w:val="00A23718"/>
     <w:rsid w:val="00A35B67"/>
     <w:rsid w:val="00A44317"/>
     <w:rsid w:val="00A56A93"/>
     <w:rsid w:val="00A57405"/>
     <w:rsid w:val="00A72C38"/>
     <w:rsid w:val="00A73C1F"/>
     <w:rsid w:val="00A73DA3"/>
     <w:rsid w:val="00A764FE"/>
     <w:rsid w:val="00AB4565"/>
     <w:rsid w:val="00AC1463"/>
     <w:rsid w:val="00AF00A9"/>
     <w:rsid w:val="00B07425"/>
     <w:rsid w:val="00B13B24"/>
     <w:rsid w:val="00B24508"/>
     <w:rsid w:val="00B36877"/>
@@ -3795,50 +4184,51 @@
     <w:rsid w:val="00CE72F6"/>
     <w:rsid w:val="00D04735"/>
     <w:rsid w:val="00D117BE"/>
     <w:rsid w:val="00D34C5B"/>
     <w:rsid w:val="00D35E7A"/>
     <w:rsid w:val="00D43E23"/>
     <w:rsid w:val="00D445C3"/>
     <w:rsid w:val="00D50FC2"/>
     <w:rsid w:val="00D764F1"/>
     <w:rsid w:val="00DA774E"/>
     <w:rsid w:val="00DB29E9"/>
     <w:rsid w:val="00DB437E"/>
     <w:rsid w:val="00DC7359"/>
     <w:rsid w:val="00DE09E5"/>
     <w:rsid w:val="00DE1166"/>
     <w:rsid w:val="00DF74E2"/>
     <w:rsid w:val="00E067FB"/>
     <w:rsid w:val="00E61B8C"/>
     <w:rsid w:val="00E628FE"/>
     <w:rsid w:val="00E77B8F"/>
     <w:rsid w:val="00E82C29"/>
     <w:rsid w:val="00E82D9F"/>
     <w:rsid w:val="00EB0601"/>
     <w:rsid w:val="00EB534B"/>
     <w:rsid w:val="00EB76E1"/>
+    <w:rsid w:val="00EB7CBA"/>
     <w:rsid w:val="00EC5F44"/>
     <w:rsid w:val="00EF1DD7"/>
     <w:rsid w:val="00F15D7E"/>
     <w:rsid w:val="00F3624D"/>
     <w:rsid w:val="00F41CA8"/>
     <w:rsid w:val="00F43EA7"/>
     <w:rsid w:val="00FA5663"/>
     <w:rsid w:val="00FB2FE6"/>
     <w:rsid w:val="00FB3A98"/>
     <w:rsid w:val="00FD0F9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP"/>
@@ -4509,51 +4899,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1442605545">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formation-sps@inrae.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sondages.inrae.fr/index.php/576818?lang=fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saclay-plant-sciences.hub.inrae.fr/formation/enseignement-superieur" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saclay-plant-sciences.hub.inrae.fr/rubriques-verticales2/appels-a-projets-sps-et-offres-d-emploi/financements-sps/appel-a-projets-outils-communs" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sondages.inrae.fr/index.php/576818?lang=fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saclay-plant-sciences.hub.inrae.fr/formation/enseignement-superieur" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formation-sps@inrae.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4818,66 +5208,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{419EB649-B82E-4108-AA5E-454A891EF0E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>644</Words>
-  <Characters>3543</Characters>
+  <Words>869</Words>
+  <Characters>4780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>INRA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4179</CharactersWithSpaces>
+  <CharactersWithSpaces>5638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Jean-Denis Faure</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>