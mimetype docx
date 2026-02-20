--- v0 (2025-11-24)
+++ v1 (2026-02-20)
@@ -4,158 +4,131 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="78604F42" w14:textId="78351CBA" w:rsidR="008E4D41" w:rsidRPr="001453D5" w:rsidRDefault="006C2CC5" w:rsidP="00AC186A">
+    <w:p w14:paraId="78604F42" w14:textId="6A3BAF15" w:rsidR="008E4D41" w:rsidRPr="001453D5" w:rsidRDefault="006C2CC5" w:rsidP="00AC186A">
       <w:pPr>
         <w:ind w:right="-428" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6A91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Soumission </w:t>
       </w:r>
       <w:r w:rsidR="000315FF" w:rsidRPr="00AC186A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">en ligne </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC186A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>avant le</w:t>
       </w:r>
       <w:r w:rsidR="00092EE0" w:rsidRPr="00AC186A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007824A7" w:rsidRPr="00072093">
+      <w:r w:rsidR="00CA0B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003053F5">
+        <w:t>16 avril</w:t>
+      </w:r>
+      <w:r w:rsidR="00747208" w:rsidRPr="00072093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007824A7" w:rsidRPr="00072093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003053F5">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2762D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>juin</w:t>
-[...26 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007824A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00907B72" w:rsidRPr="00AC186A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>(minuit)</w:t>
       </w:r>
       <w:r w:rsidR="00324A11" w:rsidRPr="00AC186A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="fr-FR"/>
@@ -186,51 +159,51 @@
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>https://sondages.inrae.fr/index.php/114288?lang=fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="4788"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C674ED" w:rsidRPr="006148C5" w14:paraId="60CD1A1A" w14:textId="77777777" w:rsidTr="00F66271">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54AC05BB" w14:textId="7FA7A9BE" w:rsidR="00C674ED" w:rsidRPr="006148C5" w:rsidRDefault="00DC3AFF" w:rsidP="00F66271">
+          <w:p w14:paraId="54AC05BB" w14:textId="511A398B" w:rsidR="00C674ED" w:rsidRPr="006148C5" w:rsidRDefault="00DC3AFF" w:rsidP="00F66271">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006148C5">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Outils</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -254,57 +227,57 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="005F6D5C" w:rsidRPr="006148C5">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007824A7" w:rsidRPr="006148C5">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="007824A7">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00683F85">
+            <w:r w:rsidR="00A2762D">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6664B50B" w14:textId="77777777" w:rsidR="00C674ED" w:rsidRPr="006148C5" w:rsidRDefault="00C674ED" w:rsidP="00F66271">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4082463B" w14:textId="1DEC8CD5" w:rsidR="00C674ED" w:rsidRPr="006148C5" w:rsidRDefault="00302D4E" w:rsidP="00E5194A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -430,156 +403,156 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Calendrier </w:t>
       </w:r>
       <w:r w:rsidR="00694FCB" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240A2B6E" w14:textId="77777777" w:rsidR="00862A33" w:rsidRPr="006148C5" w:rsidRDefault="00862A33" w:rsidP="00862A33">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3530D375" w14:textId="2C260884" w:rsidR="00862A33" w:rsidRPr="006148C5" w:rsidRDefault="006C2CC5" w:rsidP="00862A33">
+    <w:p w14:paraId="3530D375" w14:textId="5C58DA6D" w:rsidR="00862A33" w:rsidRPr="006148C5" w:rsidRDefault="006C2CC5" w:rsidP="00862A33">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Date limite de soumission </w:t>
       </w:r>
       <w:r w:rsidR="00862A33" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00862A33" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003053F5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">18 </w:t>
-[...6 lines deleted...]
-        <w:t>juin</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0B38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>6 avril</w:t>
       </w:r>
       <w:r w:rsidR="00747208">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007824A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00683F85">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00A2762D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007824A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B2D19" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>minuit</w:t>
       </w:r>
       <w:r w:rsidR="008B2D19" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D2D07B2" w14:textId="77777777" w:rsidR="00862A33" w:rsidRPr="006148C5" w:rsidRDefault="00862A33" w:rsidP="00862A33">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="338D097D" w14:textId="6BC0F9FF" w:rsidR="00862A33" w:rsidRDefault="006C2CC5" w:rsidP="00862A33">
+    <w:p w14:paraId="338D097D" w14:textId="0A97B52A" w:rsidR="00862A33" w:rsidRDefault="006C2CC5" w:rsidP="00862A33">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Ré</w:t>
       </w:r>
       <w:r w:rsidR="00862A33" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>sult</w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
@@ -596,319 +569,387 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00862A33" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00862A33" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00324A11">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009248A3">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00CA0B38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Juin </w:t>
       </w:r>
       <w:r w:rsidR="007824A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00683F85">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00A2762D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2608D56D" w14:textId="77777777" w:rsidR="00C56783" w:rsidRPr="006148C5" w:rsidRDefault="00C56783" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF07B9B" w14:textId="10554338" w:rsidR="00C56783" w:rsidRDefault="00C56783" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F523CF" w14:textId="77777777" w:rsidR="003053F5" w:rsidRPr="003053F5" w:rsidRDefault="003053F5" w:rsidP="00CB0307">
+    <w:p w14:paraId="32007B09" w14:textId="7B1AF4B0" w:rsidR="00A2340E" w:rsidRDefault="003053F5" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003053F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>ATTENTION :</w:t>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4014" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e budget </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1479" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">global </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4014" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de cet appel </w:t>
+      </w:r>
+      <w:r w:rsidR="007824A7" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2762D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="007824A7" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00067303" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>est de</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4014" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2762D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4014" w:rsidRPr="003053F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>k€.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32007B09" w14:textId="04CD9B5A" w:rsidR="00A2340E" w:rsidRPr="003053F5" w:rsidRDefault="003053F5" w:rsidP="00CB0307">
+    <w:p w14:paraId="286B532D" w14:textId="77777777" w:rsidR="00B758E6" w:rsidRDefault="00B758E6" w:rsidP="00B758E6">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003053F5">
-[...97 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5ED80D92" w14:textId="77777777" w:rsidR="003053F5" w:rsidRPr="003053F5" w:rsidRDefault="003053F5" w:rsidP="003053F5">
-      <w:pPr>
+    <w:p w14:paraId="0B472FFB" w14:textId="6AB121D2" w:rsidR="00B758E6" w:rsidRPr="003053F5" w:rsidRDefault="00B758E6" w:rsidP="00D81C0B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003053F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>La subvention minimale SPS sera de 10 000 euros.</w:t>
+        <w:t>ATTENTION :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ECD8504" w14:textId="3ADF17A6" w:rsidR="003053F5" w:rsidRPr="003053F5" w:rsidRDefault="003053F5" w:rsidP="00CB0307">
-      <w:pPr>
+    <w:p w14:paraId="5429F3CE" w14:textId="560063CF" w:rsidR="00B758E6" w:rsidRDefault="00B758E6" w:rsidP="00D81C0B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003053F5">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Il n’y aura a priori pas d’appel en 2025.</w:t>
+        <w:t>Seuls les équipements pour lesquels la subvention demandée à SPS permet</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0B38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de boucler le budget seront éligibles à cet appel (cofinancements acquis)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C063F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sauf concernant l’AAP </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0B38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPS </w:t>
+      </w:r>
+      <w:r w:rsidR="001C063F" w:rsidRPr="00D81C0B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Soutien à un projet pédagogique</w:t>
+      </w:r>
+      <w:r w:rsidR="001C063F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (voir plus bas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>. En effet, les crédits SPS devront absolument être engagés avant fin 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A33829A" w14:textId="77777777" w:rsidR="009248A3" w:rsidRDefault="009248A3" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19F3052F" w14:textId="5438F274" w:rsidR="00D91CC8" w:rsidRDefault="00656D9E" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Cet appel a pour objectif de financer des équipements scientifiques communs </w:t>
       </w:r>
       <w:r w:rsidR="00494C3B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ou des développements technologiques pouvant bénéficier à la communauté SPS</w:t>
       </w:r>
       <w:r w:rsidR="00F0089B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D91CC8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Les équipements innovants seront favorisés.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91CC8" w:rsidRPr="00AC5A92">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les équipements innovants seront favorisés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="698005EF" w14:textId="77777777" w:rsidR="00A2340E" w:rsidRPr="006148C5" w:rsidRDefault="00A2340E" w:rsidP="00CB0307">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63403B3D" w14:textId="52A800DE" w:rsidR="00BD3293" w:rsidRPr="006148C5" w:rsidRDefault="009623CC" w:rsidP="00862A33">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
@@ -1086,65 +1127,65 @@
           <w:t>Soutien à un projet pédagogique</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00811393">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> sous réserve que les deux conditions suivantes soient remplies</w:t>
       </w:r>
       <w:r w:rsidR="00B76E04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00811393">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D110B1A" w14:textId="77777777" w:rsidR="00BC4014" w:rsidRPr="00811393" w:rsidRDefault="00BC4014" w:rsidP="00BC4014">
+    <w:p w14:paraId="0D110B1A" w14:textId="069EB8B5" w:rsidR="00BC4014" w:rsidRPr="00811393" w:rsidRDefault="00BC4014" w:rsidP="00BC4014">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811393">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Remplir les demandes pour les deux AAP </w:t>
+        <w:t>- Remplir les demandes pour les deux AAP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E389D5" w14:textId="77777777" w:rsidR="00BC4014" w:rsidRPr="006148C5" w:rsidRDefault="00BC4014" w:rsidP="00BC4014">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00811393">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>- S’engager à mettre le matériel demandé dans les deux AAP à disposition des activités d’enseignement.</w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1661,90 +1702,74 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> en format </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001C63AB" w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001C63AB" w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E75F360" w14:textId="1DAE600D" w:rsidR="00344E4F" w:rsidRPr="006148C5" w:rsidRDefault="001625F4" w:rsidP="00AC186A">
+    <w:p w14:paraId="6E75F360" w14:textId="5D283BC9" w:rsidR="00344E4F" w:rsidRPr="006148C5" w:rsidRDefault="001625F4" w:rsidP="00AC186A">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="848" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="000A79F6">
-[...21 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="003679AA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00A93A82" w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="000A79F6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>AAP_Outils_</w:t>
       </w:r>
       <w:r w:rsidR="00142C89" w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Communs_</w:t>
       </w:r>
@@ -2020,59 +2045,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0E05C81F" w14:textId="77777777" w:rsidR="00CE43CF" w:rsidRPr="006148C5" w:rsidRDefault="00CE43CF" w:rsidP="00CE43CF">
       <w:pPr>
         <w:ind w:right="848" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature de l’équipement demandé (microscope XX, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>…)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006148C5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006148C5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="projet_titre"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="inscrire ici le titre de votre projet"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="006148C5">
@@ -2438,56 +2481,56 @@
         <w:t xml:space="preserve"> :       </w:t>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E610E">
-[...4 lines deleted...]
-      <w:r w:rsidR="003E610E">
+      <w:r w:rsidR="00D2672E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D2672E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Oui </w:t>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2501,56 +2544,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E610E">
-[...4 lines deleted...]
-      <w:r w:rsidR="003E610E">
+      <w:r w:rsidR="00D2672E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D2672E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003B11FD" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D6DD2B" w14:textId="77777777" w:rsidR="003B11FD" w:rsidRPr="006148C5" w:rsidRDefault="003B11FD" w:rsidP="003B11FD">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -2860,56 +2903,56 @@
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E610E">
-[...4 lines deleted...]
-      <w:r w:rsidR="003E610E">
+      <w:r w:rsidR="00D2672E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D2672E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001625F4" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Oui</w:t>
       </w:r>
@@ -2951,56 +2994,56 @@
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E610E">
-[...4 lines deleted...]
-      <w:r w:rsidR="003E610E">
+      <w:r w:rsidR="00D2672E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D2672E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00946911" w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
@@ -3074,127 +3117,155 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="002C10FA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>concernées</w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A2340E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>(une ligne par équipe)</w:t>
+        <w:t>(une ligne par équipe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2340E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006148C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1C7736E5" w14:textId="0D90E412" w:rsidR="00A2340E" w:rsidRDefault="00A2340E" w:rsidP="001C1988">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="7263"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A2340E" w:rsidRPr="00A2340E" w14:paraId="0CAF6736" w14:textId="77777777" w:rsidTr="008B7D4E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B6A276" w14:textId="77777777" w:rsidR="00E51C7E" w:rsidRPr="00E51C7E" w:rsidRDefault="00A2340E" w:rsidP="00E51C7E">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E51C7E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Unité</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3BFE01A5" w14:textId="596A6BCE" w:rsidR="00A2340E" w:rsidRPr="00E51C7E" w:rsidRDefault="00E51C7E" w:rsidP="00E51C7E">
+          <w:p w14:paraId="3BFE01A5" w14:textId="4DB0A823" w:rsidR="00A2340E" w:rsidRPr="00E51C7E" w:rsidRDefault="00E51C7E" w:rsidP="00E51C7E">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51C7E">
+            <w:r w:rsidRPr="003679AA">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(IJPB, IPS2, I2BC, GQE, BIOGER)</w:t>
+              <w:t>(IJPB, IPS2, I2BC, GQE, BIOGER</w:t>
+            </w:r>
+            <w:r w:rsidR="003679AA" w:rsidRPr="003679AA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, URGI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003679AA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A91DCB4" w14:textId="7345655E" w:rsidR="00A2340E" w:rsidRPr="00A2340E" w:rsidRDefault="00A2340E" w:rsidP="00E51C7E">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2340E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
@@ -3759,51 +3830,69 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Statut</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26578D7E" w14:textId="04DD3D7D" w:rsidR="00CE43CF" w:rsidRDefault="00CE43CF" w:rsidP="00470015">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>(envisagé, demandé, acquis)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>envisagé</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, demandé, acquis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE43CF" w14:paraId="4624D1E2" w14:textId="07DBE242" w:rsidTr="00CE43CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13C25A93" w14:textId="77777777" w:rsidR="00CE43CF" w:rsidRDefault="00CE43CF" w:rsidP="00470015">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22197832" w14:textId="77777777" w:rsidR="00CE43CF" w:rsidRDefault="00CE43CF" w:rsidP="00470015">
@@ -3912,51 +4001,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="017B8E26" w14:textId="77777777" w:rsidR="00CE43CF" w:rsidRDefault="00CE43CF" w:rsidP="00470015">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E39B761" w14:textId="77777777" w:rsidR="00CE43CF" w:rsidRDefault="00CE43CF" w:rsidP="001F631E">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="693DF11E" w14:textId="0C36555E" w:rsidR="001A6A00" w:rsidRPr="001453D5" w:rsidRDefault="003E610E" w:rsidP="001A6A00">
+    <w:p w14:paraId="693DF11E" w14:textId="0C36555E" w:rsidR="001A6A00" w:rsidRPr="001453D5" w:rsidRDefault="00D2672E" w:rsidP="001A6A00">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="22"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:id w:val="-1384554779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -4367,51 +4456,51 @@
           <w:p w14:paraId="70BA6CCB" w14:textId="77777777" w:rsidR="003B11FD" w:rsidRPr="006148C5" w:rsidRDefault="003B11FD" w:rsidP="002423EF">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12D42157" w14:textId="2FFDDB06" w:rsidR="00083651" w:rsidRDefault="00083651">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BDC779F" w14:textId="6E87D872" w:rsidR="001A6A00" w:rsidRPr="001453D5" w:rsidRDefault="003E610E" w:rsidP="001A6A00">
+    <w:p w14:paraId="4BDC779F" w14:textId="6E87D872" w:rsidR="001A6A00" w:rsidRPr="001453D5" w:rsidRDefault="00D2672E" w:rsidP="001A6A00">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:id w:val="-452786839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5300,71 +5389,71 @@
     </w:p>
     <w:p w14:paraId="726678DB" w14:textId="77777777" w:rsidR="00C92295" w:rsidRPr="00E7569F" w:rsidRDefault="00C92295">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60376AA4" w14:textId="77777777" w:rsidR="00C92295" w:rsidRDefault="00C92295">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4902F603" w14:textId="77777777" w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidRDefault="005A1501">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005A1501" w:rsidRPr="002627EE">
+    <w:sectPr w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidSect="00D81C0B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="851" w:right="1418" w:bottom="1418" w:left="1418" w:header="1135" w:footer="479" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1418" w:bottom="1418" w:left="1418" w:header="1135" w:footer="479" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="250ED725" w14:textId="77777777" w:rsidR="003E610E" w:rsidRDefault="003E610E">
+    <w:p w14:paraId="48CA38FC" w14:textId="77777777" w:rsidR="00D2672E" w:rsidRDefault="00D2672E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E23EA00" w14:textId="77777777" w:rsidR="003E610E" w:rsidRDefault="003E610E">
+    <w:p w14:paraId="3B7476EB" w14:textId="77777777" w:rsidR="00D2672E" w:rsidRDefault="00D2672E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5386,103 +5475,103 @@
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13F0F1AA" w14:textId="77777777" w:rsidR="003E610E" w:rsidRDefault="003E610E">
+    <w:p w14:paraId="0F310709" w14:textId="77777777" w:rsidR="00D2672E" w:rsidRDefault="00D2672E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B4F2661" w14:textId="77777777" w:rsidR="003E610E" w:rsidRDefault="003E610E">
+    <w:p w14:paraId="612D8418" w14:textId="77777777" w:rsidR="00D2672E" w:rsidRDefault="00D2672E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2561ADC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -7706,51 +7795,51 @@
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7792,165 +7881,172 @@
     <w:rsid w:val="000E742E"/>
     <w:rsid w:val="000F06EC"/>
     <w:rsid w:val="0010088A"/>
     <w:rsid w:val="00103D39"/>
     <w:rsid w:val="001110F4"/>
     <w:rsid w:val="00112B36"/>
     <w:rsid w:val="00112F3F"/>
     <w:rsid w:val="00131413"/>
     <w:rsid w:val="00142C89"/>
     <w:rsid w:val="00142F6F"/>
     <w:rsid w:val="001453D5"/>
     <w:rsid w:val="00151F00"/>
     <w:rsid w:val="00154B33"/>
     <w:rsid w:val="00157571"/>
     <w:rsid w:val="001625F4"/>
     <w:rsid w:val="00170219"/>
     <w:rsid w:val="00173B04"/>
     <w:rsid w:val="001763AB"/>
     <w:rsid w:val="00180902"/>
     <w:rsid w:val="00180F8E"/>
     <w:rsid w:val="00184B58"/>
     <w:rsid w:val="00186E2D"/>
     <w:rsid w:val="00187747"/>
     <w:rsid w:val="00191CA7"/>
     <w:rsid w:val="001A6A00"/>
+    <w:rsid w:val="001C063F"/>
     <w:rsid w:val="001C1988"/>
     <w:rsid w:val="001C5E3E"/>
     <w:rsid w:val="001C63AB"/>
     <w:rsid w:val="001D1016"/>
     <w:rsid w:val="001D407F"/>
     <w:rsid w:val="001E1D6C"/>
     <w:rsid w:val="001E64AC"/>
     <w:rsid w:val="001F1050"/>
     <w:rsid w:val="001F1252"/>
+    <w:rsid w:val="001F56D2"/>
     <w:rsid w:val="001F631E"/>
     <w:rsid w:val="0020541B"/>
     <w:rsid w:val="00211B84"/>
     <w:rsid w:val="00211EED"/>
+    <w:rsid w:val="00215F8C"/>
     <w:rsid w:val="00230D74"/>
     <w:rsid w:val="002423EF"/>
     <w:rsid w:val="0024353B"/>
     <w:rsid w:val="002458A8"/>
     <w:rsid w:val="0025146A"/>
     <w:rsid w:val="00255DAC"/>
     <w:rsid w:val="00261478"/>
     <w:rsid w:val="002627EE"/>
     <w:rsid w:val="002701E9"/>
     <w:rsid w:val="00274A0C"/>
+    <w:rsid w:val="00275DE3"/>
     <w:rsid w:val="00287815"/>
     <w:rsid w:val="00290BE0"/>
     <w:rsid w:val="00292A3E"/>
     <w:rsid w:val="00296330"/>
     <w:rsid w:val="00296468"/>
     <w:rsid w:val="002A78F6"/>
     <w:rsid w:val="002B3395"/>
     <w:rsid w:val="002B3D38"/>
     <w:rsid w:val="002B55AF"/>
     <w:rsid w:val="002B7407"/>
     <w:rsid w:val="002C04A8"/>
     <w:rsid w:val="002C10FA"/>
     <w:rsid w:val="002C1D48"/>
     <w:rsid w:val="002C604C"/>
     <w:rsid w:val="002C6357"/>
     <w:rsid w:val="002D2002"/>
     <w:rsid w:val="002D30D5"/>
     <w:rsid w:val="002D5C1D"/>
     <w:rsid w:val="002E2386"/>
     <w:rsid w:val="002E77D1"/>
     <w:rsid w:val="00300D01"/>
     <w:rsid w:val="003029E1"/>
     <w:rsid w:val="00302D4E"/>
     <w:rsid w:val="003053F5"/>
     <w:rsid w:val="00305A02"/>
     <w:rsid w:val="00314740"/>
     <w:rsid w:val="00320F0F"/>
     <w:rsid w:val="00324A11"/>
     <w:rsid w:val="00334BA5"/>
     <w:rsid w:val="00342E91"/>
     <w:rsid w:val="00344E4F"/>
     <w:rsid w:val="003559AE"/>
     <w:rsid w:val="0036135D"/>
     <w:rsid w:val="00366FE9"/>
+    <w:rsid w:val="003679AA"/>
     <w:rsid w:val="00372504"/>
     <w:rsid w:val="00374B27"/>
     <w:rsid w:val="00383A03"/>
     <w:rsid w:val="00383B65"/>
     <w:rsid w:val="00390907"/>
     <w:rsid w:val="003B11FD"/>
     <w:rsid w:val="003B2CC8"/>
     <w:rsid w:val="003B40D2"/>
     <w:rsid w:val="003B6F53"/>
     <w:rsid w:val="003C2F03"/>
     <w:rsid w:val="003C6DF4"/>
     <w:rsid w:val="003C763A"/>
+    <w:rsid w:val="003D3792"/>
     <w:rsid w:val="003D5312"/>
     <w:rsid w:val="003E56C1"/>
     <w:rsid w:val="003E610E"/>
     <w:rsid w:val="003E7638"/>
     <w:rsid w:val="00400901"/>
     <w:rsid w:val="00401784"/>
     <w:rsid w:val="00412035"/>
     <w:rsid w:val="00434B2A"/>
     <w:rsid w:val="00437E34"/>
     <w:rsid w:val="0044462C"/>
     <w:rsid w:val="00447C6B"/>
     <w:rsid w:val="00450CA7"/>
     <w:rsid w:val="004516AD"/>
     <w:rsid w:val="004601BA"/>
     <w:rsid w:val="0047604F"/>
     <w:rsid w:val="00480085"/>
     <w:rsid w:val="00480D23"/>
     <w:rsid w:val="004848E6"/>
     <w:rsid w:val="00494C3B"/>
     <w:rsid w:val="004A1A0A"/>
     <w:rsid w:val="004A6956"/>
     <w:rsid w:val="004B0235"/>
     <w:rsid w:val="004B6DFB"/>
     <w:rsid w:val="004D0945"/>
     <w:rsid w:val="004D144A"/>
     <w:rsid w:val="004D1C9F"/>
     <w:rsid w:val="004D32A6"/>
     <w:rsid w:val="004D3B46"/>
     <w:rsid w:val="004F6D59"/>
     <w:rsid w:val="00500923"/>
     <w:rsid w:val="005149A7"/>
     <w:rsid w:val="0051764F"/>
     <w:rsid w:val="00523DF7"/>
     <w:rsid w:val="00526BA8"/>
     <w:rsid w:val="00534952"/>
     <w:rsid w:val="00534A31"/>
     <w:rsid w:val="00535CF3"/>
     <w:rsid w:val="00551010"/>
     <w:rsid w:val="0056582F"/>
     <w:rsid w:val="00566130"/>
     <w:rsid w:val="005777A7"/>
     <w:rsid w:val="00581530"/>
     <w:rsid w:val="00583F43"/>
     <w:rsid w:val="005969B9"/>
     <w:rsid w:val="005A1501"/>
     <w:rsid w:val="005A1DAA"/>
+    <w:rsid w:val="005B087F"/>
     <w:rsid w:val="005B122F"/>
     <w:rsid w:val="005C2829"/>
     <w:rsid w:val="005D6D23"/>
     <w:rsid w:val="005E5515"/>
     <w:rsid w:val="005E71BC"/>
     <w:rsid w:val="005F080A"/>
     <w:rsid w:val="005F6D5C"/>
     <w:rsid w:val="00602964"/>
     <w:rsid w:val="00604059"/>
     <w:rsid w:val="00605286"/>
     <w:rsid w:val="00611503"/>
     <w:rsid w:val="0061277A"/>
     <w:rsid w:val="00612899"/>
     <w:rsid w:val="006148C5"/>
     <w:rsid w:val="006214B7"/>
     <w:rsid w:val="00634EFC"/>
     <w:rsid w:val="00636E3F"/>
     <w:rsid w:val="00640121"/>
     <w:rsid w:val="006513CD"/>
     <w:rsid w:val="00653CFF"/>
     <w:rsid w:val="006547D6"/>
     <w:rsid w:val="00656D9E"/>
     <w:rsid w:val="00664410"/>
     <w:rsid w:val="00674E46"/>
     <w:rsid w:val="00683F85"/>
@@ -7972,50 +8068,51 @@
     <w:rsid w:val="00721A2B"/>
     <w:rsid w:val="0072539D"/>
     <w:rsid w:val="00747208"/>
     <w:rsid w:val="0076358A"/>
     <w:rsid w:val="00764DB3"/>
     <w:rsid w:val="00766474"/>
     <w:rsid w:val="007824A7"/>
     <w:rsid w:val="007964EE"/>
     <w:rsid w:val="00796635"/>
     <w:rsid w:val="007A1C64"/>
     <w:rsid w:val="007B5D10"/>
     <w:rsid w:val="007B5F6E"/>
     <w:rsid w:val="007B7EFE"/>
     <w:rsid w:val="007C415F"/>
     <w:rsid w:val="007C7B34"/>
     <w:rsid w:val="007D3EFA"/>
     <w:rsid w:val="007D4496"/>
     <w:rsid w:val="007E0728"/>
     <w:rsid w:val="007E493E"/>
     <w:rsid w:val="007F2374"/>
     <w:rsid w:val="007F5C42"/>
     <w:rsid w:val="007F7227"/>
     <w:rsid w:val="00803C66"/>
     <w:rsid w:val="00804014"/>
     <w:rsid w:val="00805056"/>
+    <w:rsid w:val="00805929"/>
     <w:rsid w:val="008064FA"/>
     <w:rsid w:val="00810846"/>
     <w:rsid w:val="00810CC4"/>
     <w:rsid w:val="00811393"/>
     <w:rsid w:val="00814B92"/>
     <w:rsid w:val="00831CC8"/>
     <w:rsid w:val="0084036D"/>
     <w:rsid w:val="00840EA3"/>
     <w:rsid w:val="00843271"/>
     <w:rsid w:val="00861B51"/>
     <w:rsid w:val="00862A33"/>
     <w:rsid w:val="00877833"/>
     <w:rsid w:val="008823C9"/>
     <w:rsid w:val="00884F47"/>
     <w:rsid w:val="00885D26"/>
     <w:rsid w:val="00890CDE"/>
     <w:rsid w:val="008931E7"/>
     <w:rsid w:val="00893D92"/>
     <w:rsid w:val="008971CA"/>
     <w:rsid w:val="008A4E5D"/>
     <w:rsid w:val="008B2D19"/>
     <w:rsid w:val="008B3F5E"/>
     <w:rsid w:val="008B7D4E"/>
     <w:rsid w:val="008C29F2"/>
     <w:rsid w:val="008C467A"/>
@@ -8038,182 +8135,195 @@
     <w:rsid w:val="009364EE"/>
     <w:rsid w:val="00941B3A"/>
     <w:rsid w:val="00946911"/>
     <w:rsid w:val="00950244"/>
     <w:rsid w:val="009623CC"/>
     <w:rsid w:val="009642F0"/>
     <w:rsid w:val="00983DD4"/>
     <w:rsid w:val="009955F0"/>
     <w:rsid w:val="0099575D"/>
     <w:rsid w:val="009A3261"/>
     <w:rsid w:val="009A620A"/>
     <w:rsid w:val="009B0B38"/>
     <w:rsid w:val="009B4C1D"/>
     <w:rsid w:val="009B5E46"/>
     <w:rsid w:val="009C504F"/>
     <w:rsid w:val="009D1A5A"/>
     <w:rsid w:val="009D7CD6"/>
     <w:rsid w:val="009D7DA6"/>
     <w:rsid w:val="009E2D7B"/>
     <w:rsid w:val="009F0459"/>
     <w:rsid w:val="009F2087"/>
     <w:rsid w:val="00A0454F"/>
     <w:rsid w:val="00A051DA"/>
     <w:rsid w:val="00A2340E"/>
     <w:rsid w:val="00A24E0C"/>
+    <w:rsid w:val="00A2762D"/>
     <w:rsid w:val="00A370C1"/>
     <w:rsid w:val="00A3768E"/>
     <w:rsid w:val="00A91AB9"/>
     <w:rsid w:val="00A9379C"/>
     <w:rsid w:val="00A93A82"/>
     <w:rsid w:val="00AA296B"/>
     <w:rsid w:val="00AA4643"/>
     <w:rsid w:val="00AB38E9"/>
     <w:rsid w:val="00AB769B"/>
     <w:rsid w:val="00AC186A"/>
     <w:rsid w:val="00AC2CE6"/>
+    <w:rsid w:val="00AC5A92"/>
     <w:rsid w:val="00AC7E20"/>
     <w:rsid w:val="00AD0160"/>
     <w:rsid w:val="00AE6908"/>
     <w:rsid w:val="00AF1D7F"/>
     <w:rsid w:val="00B05950"/>
     <w:rsid w:val="00B10CCD"/>
     <w:rsid w:val="00B15417"/>
     <w:rsid w:val="00B2292B"/>
     <w:rsid w:val="00B31F97"/>
     <w:rsid w:val="00B4020A"/>
     <w:rsid w:val="00B50A67"/>
     <w:rsid w:val="00B520CC"/>
     <w:rsid w:val="00B52421"/>
     <w:rsid w:val="00B5578E"/>
     <w:rsid w:val="00B579B8"/>
     <w:rsid w:val="00B63500"/>
     <w:rsid w:val="00B70256"/>
+    <w:rsid w:val="00B758E6"/>
     <w:rsid w:val="00B76E04"/>
     <w:rsid w:val="00B90378"/>
     <w:rsid w:val="00B917FC"/>
     <w:rsid w:val="00BA1D6A"/>
     <w:rsid w:val="00BA61DB"/>
     <w:rsid w:val="00BB184B"/>
     <w:rsid w:val="00BB227F"/>
     <w:rsid w:val="00BB3FF0"/>
     <w:rsid w:val="00BC3524"/>
     <w:rsid w:val="00BC4014"/>
     <w:rsid w:val="00BD3293"/>
     <w:rsid w:val="00BD4F0E"/>
+    <w:rsid w:val="00BF4EFB"/>
     <w:rsid w:val="00BF7689"/>
     <w:rsid w:val="00C016CF"/>
     <w:rsid w:val="00C06A96"/>
     <w:rsid w:val="00C071F6"/>
     <w:rsid w:val="00C11B98"/>
     <w:rsid w:val="00C24205"/>
     <w:rsid w:val="00C27578"/>
     <w:rsid w:val="00C376D4"/>
     <w:rsid w:val="00C56783"/>
     <w:rsid w:val="00C66C18"/>
     <w:rsid w:val="00C6714B"/>
     <w:rsid w:val="00C674ED"/>
     <w:rsid w:val="00C72888"/>
     <w:rsid w:val="00C74199"/>
     <w:rsid w:val="00C75B19"/>
+    <w:rsid w:val="00C8381F"/>
     <w:rsid w:val="00C86AC1"/>
     <w:rsid w:val="00C90330"/>
     <w:rsid w:val="00C92295"/>
     <w:rsid w:val="00C936BC"/>
+    <w:rsid w:val="00CA0B38"/>
     <w:rsid w:val="00CA5DC5"/>
     <w:rsid w:val="00CB0307"/>
     <w:rsid w:val="00CB4972"/>
     <w:rsid w:val="00CC0323"/>
     <w:rsid w:val="00CC0CB3"/>
     <w:rsid w:val="00CC3468"/>
     <w:rsid w:val="00CD1B34"/>
     <w:rsid w:val="00CD1DBB"/>
     <w:rsid w:val="00CD3821"/>
     <w:rsid w:val="00CD5A22"/>
     <w:rsid w:val="00CD6366"/>
     <w:rsid w:val="00CE43CF"/>
     <w:rsid w:val="00CE4670"/>
     <w:rsid w:val="00CF0CB5"/>
     <w:rsid w:val="00CF4A8C"/>
     <w:rsid w:val="00D1480C"/>
     <w:rsid w:val="00D14D39"/>
     <w:rsid w:val="00D266F3"/>
+    <w:rsid w:val="00D2672E"/>
     <w:rsid w:val="00D32F9B"/>
     <w:rsid w:val="00D36036"/>
     <w:rsid w:val="00D37C58"/>
+    <w:rsid w:val="00D53C12"/>
     <w:rsid w:val="00D71D14"/>
+    <w:rsid w:val="00D76E58"/>
+    <w:rsid w:val="00D81C0B"/>
     <w:rsid w:val="00D91CC8"/>
     <w:rsid w:val="00D962A7"/>
     <w:rsid w:val="00DB462B"/>
     <w:rsid w:val="00DB4950"/>
     <w:rsid w:val="00DB7B86"/>
     <w:rsid w:val="00DC0D7E"/>
     <w:rsid w:val="00DC3AAF"/>
     <w:rsid w:val="00DC3AFF"/>
     <w:rsid w:val="00DC7180"/>
     <w:rsid w:val="00DD709A"/>
     <w:rsid w:val="00DE74E0"/>
     <w:rsid w:val="00DF1B83"/>
     <w:rsid w:val="00DF64B9"/>
     <w:rsid w:val="00DF782D"/>
     <w:rsid w:val="00E0099B"/>
+    <w:rsid w:val="00E23D12"/>
     <w:rsid w:val="00E27FD9"/>
     <w:rsid w:val="00E3058F"/>
     <w:rsid w:val="00E30C2A"/>
     <w:rsid w:val="00E34D17"/>
     <w:rsid w:val="00E3509A"/>
     <w:rsid w:val="00E5194A"/>
     <w:rsid w:val="00E51C7E"/>
     <w:rsid w:val="00E51FC6"/>
     <w:rsid w:val="00E52244"/>
     <w:rsid w:val="00E53ACD"/>
     <w:rsid w:val="00E7569F"/>
+    <w:rsid w:val="00E810AA"/>
     <w:rsid w:val="00E8426E"/>
     <w:rsid w:val="00E9104A"/>
     <w:rsid w:val="00E914CC"/>
     <w:rsid w:val="00E91F01"/>
     <w:rsid w:val="00E9361E"/>
     <w:rsid w:val="00EB1479"/>
     <w:rsid w:val="00EC260E"/>
     <w:rsid w:val="00EC3703"/>
     <w:rsid w:val="00EC3B36"/>
     <w:rsid w:val="00ED16BB"/>
     <w:rsid w:val="00EE5990"/>
     <w:rsid w:val="00EF4D9C"/>
     <w:rsid w:val="00F0089B"/>
     <w:rsid w:val="00F07350"/>
     <w:rsid w:val="00F13DCE"/>
     <w:rsid w:val="00F14F39"/>
     <w:rsid w:val="00F16FD1"/>
     <w:rsid w:val="00F3010E"/>
     <w:rsid w:val="00F30680"/>
     <w:rsid w:val="00F3610C"/>
     <w:rsid w:val="00F55548"/>
     <w:rsid w:val="00F621A5"/>
     <w:rsid w:val="00F66271"/>
     <w:rsid w:val="00F72282"/>
     <w:rsid w:val="00F73F73"/>
+    <w:rsid w:val="00F9169D"/>
     <w:rsid w:val="00F91762"/>
     <w:rsid w:val="00F945C2"/>
     <w:rsid w:val="00F94BA8"/>
     <w:rsid w:val="00FA14D2"/>
     <w:rsid w:val="00FA43AB"/>
     <w:rsid w:val="00FB4A67"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -9415,67 +9525,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B68E49A0-5A38-4822-8B1E-C5CCE6034930}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SPE</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>824</Words>
-  <Characters>4645</Characters>
+  <Words>874</Words>
+  <Characters>4808</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>74</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SPE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>INRA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5395</CharactersWithSpaces>
+  <CharactersWithSpaces>5671</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SPE</dc:title>
   <dc:creator>Olivier Le Gall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>