--- v0 (2025-10-04)
+++ v1 (2026-01-31)
@@ -3,118 +3,140 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2965E68B" w14:textId="0824E421" w:rsidR="00FB4396" w:rsidRDefault="00FB4396" w:rsidP="004E7071">
+    <w:p w14:paraId="2965E68B" w14:textId="67EEFEBD" w:rsidR="00FB4396" w:rsidRDefault="00FB4396" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4396">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Soumission en ligne avant </w:t>
       </w:r>
       <w:r w:rsidR="00490090">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
-      <w:r w:rsidR="00794883">
+      <w:r w:rsidR="00413306">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>4 juin</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A189A">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00794883">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00832519">
+        <w:t xml:space="preserve"> j</w:t>
+      </w:r>
+      <w:r w:rsidR="00413306">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>anvier</w:t>
+      </w:r>
+      <w:r w:rsidR="002A189A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002A189A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> à</w:t>
       </w:r>
       <w:r w:rsidR="00B2796D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006454A8">
         <w:rPr>
@@ -149,108 +171,92 @@
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>https://sondages.inrae.fr/index.php/786613?lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4505"/>
         <w:gridCol w:w="4567"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A43A51" w:rsidRPr="00046850" w14:paraId="402BDEEF" w14:textId="77777777" w:rsidTr="00F82702">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41719D17" w14:textId="4C19FE5C" w:rsidR="00A43A51" w:rsidRPr="00456F58" w:rsidRDefault="00A43A51" w:rsidP="00F82702">
+          <w:p w14:paraId="41719D17" w14:textId="37AD6B33" w:rsidR="00A43A51" w:rsidRPr="00456F58" w:rsidRDefault="00A43A51" w:rsidP="00F82702">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00456F58">
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appel à projet SPS </w:t>
+              <w:t>Appel à projet SPS Bio-analyses 202</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00456F58">
+            <w:r w:rsidR="00413306">
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Bio-analyses</w:t>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00456F58">
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> N°</w:t>
             </w:r>
-            <w:r w:rsidR="00794883">
+            <w:r w:rsidR="00413306">
               <w:rPr>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EA44D07" w14:textId="77777777" w:rsidR="00A43A51" w:rsidRPr="00046850" w:rsidRDefault="00A43A51" w:rsidP="00F82702">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -665,57 +671,57 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005972D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A25FA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -751,57 +757,57 @@
       <w:r w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r w:rsidR="002A25FA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1107,57 +1113,57 @@
       <w:r w:rsidR="005972D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005972D7" w:rsidRPr="00B2796D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005972D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005972D7" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005972D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1193,88 +1199,88 @@
       <w:r w:rsidR="005972D7" w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005972D7" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005972D7" w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005972D7" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005972D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>6 mois</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043E153B" w14:textId="3572906A" w:rsidR="00B2796D" w:rsidRDefault="004B7E63" w:rsidP="00B2796D">
+    <w:p w14:paraId="043E153B" w14:textId="783BB819" w:rsidR="00B2796D" w:rsidRDefault="004B7E63" w:rsidP="00B2796D">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00480D1D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Date souhaitée de début de projet</w:t>
       </w:r>
       <w:r w:rsidR="00B2796D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -1292,193 +1298,201 @@
       <w:r w:rsidR="00B2796D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00B2796D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B2796D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>février</w:t>
+      </w:r>
       <w:r w:rsidR="00923D38">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">aout </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007018C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="007018C0">
+      <w:r w:rsidR="000B41F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000B41F2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00E41BC6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B2796D" w:rsidRPr="00FB4396">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00923D38">
-[...5 lines deleted...]
-        <w:t>novembre</w:t>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>mai</w:t>
       </w:r>
       <w:r w:rsidR="00B2796D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (projet de 3 mois uniquement)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC13DF7" w14:textId="77777777" w:rsidR="004B7E63" w:rsidRPr="00480D1D" w:rsidRDefault="004B7E63" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C731C25" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="002A25FA" w:rsidRDefault="004E7071" w:rsidP="004E7071">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="670BBB77" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="002A25FA" w:rsidRDefault="007018C0" w:rsidP="004E7071">
+    <w:p w14:paraId="670BBB77" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="002A25FA" w:rsidRDefault="000B41F2" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:id w:val="-1384554779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -1490,72 +1504,61 @@
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004E7071" w:rsidRPr="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A25FA" w:rsidRPr="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">En soumettant ce projet à l’AAP SPS </w:t>
-[...9 lines deleted...]
-        <w:t>Bio-analyse</w:t>
+        <w:t>En soumettant ce projet à l’AAP SPS Bio-analyse</w:t>
       </w:r>
       <w:r w:rsidR="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A25FA" w:rsidRPr="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, le coordinateur certifie que ce projet a été validé par son unit</w:t>
       </w:r>
       <w:r w:rsidR="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidR="002A25FA" w:rsidRPr="002A25FA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -1789,51 +1792,51 @@
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> bio-informatique.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9373" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E7071" w:rsidRPr="00923D38" w14:paraId="143AC6D7" w14:textId="77777777" w:rsidTr="004E07D3">
+      <w:tr w:rsidR="004E7071" w:rsidRPr="00413306" w14:paraId="143AC6D7" w14:textId="77777777" w:rsidTr="004E07D3">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="155B1C55" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="00E41BC6" w:rsidRDefault="004C0E57" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2006,51 +2009,51 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r w:rsidR="004E7071" w:rsidRPr="004C0E57">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>rcentage)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7071" w:rsidRPr="00923D38" w14:paraId="46408A31" w14:textId="77777777" w:rsidTr="004E07D3">
+      <w:tr w:rsidR="004E7071" w:rsidRPr="00413306" w14:paraId="46408A31" w14:textId="77777777" w:rsidTr="004E07D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DEAD7C9" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2564FDE8" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
@@ -2098,51 +2101,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70A6B37C" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7071" w:rsidRPr="00923D38" w14:paraId="6699EB28" w14:textId="77777777" w:rsidTr="004E07D3">
+      <w:tr w:rsidR="004E7071" w:rsidRPr="00413306" w14:paraId="6699EB28" w14:textId="77777777" w:rsidTr="004E07D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3502543D" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35668B37" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
@@ -2190,51 +2193,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32684E8B" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E7071" w:rsidRPr="00923D38" w14:paraId="11D800B2" w14:textId="77777777" w:rsidTr="004E07D3">
+      <w:tr w:rsidR="004E7071" w:rsidRPr="00413306" w14:paraId="11D800B2" w14:textId="77777777" w:rsidTr="004E07D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39DF545E" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B47722" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
@@ -2283,51 +2286,51 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="375D5022" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="004E7071" w:rsidP="004E07D3">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="269F6610" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="007018C0" w:rsidP="004C0E57">
+    <w:p w14:paraId="269F6610" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="004C0E57" w:rsidRDefault="000B41F2" w:rsidP="004C0E57">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:id w:val="-452786839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2662,67 +2665,101 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E938517" w14:textId="77777777" w:rsidR="00480D1D" w:rsidRPr="00DF4468" w:rsidRDefault="00DF4468" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4468">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Données prêtes à l’analyse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C65BFCF" w14:textId="77777777" w:rsidR="00DF4468" w:rsidRPr="004C0E57" w:rsidRDefault="00DF4468" w:rsidP="004E7071">
+    <w:p w14:paraId="7C65BFCF" w14:textId="46D20BFF" w:rsidR="00DF4468" w:rsidRPr="004C0E57" w:rsidRDefault="00DF4468" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les données nécessaires au projet devront être prêtes à l’analyse le jour du début du projet. En cas de retard, il ne sera pas possible de décaler le début du projet et le coordinateur devra le </w:t>
+        <w:t>Les données nécessaires au projet devront être prêtes</w:t>
+      </w:r>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00413306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponible et au format requis)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à l’analyse le jour du début du projet. En cas de retard, il ne sera pas possible de décaler le début du projet et le coordinateur devra le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>re-soumettre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667C5D29" w14:textId="77777777" w:rsidR="004E7071" w:rsidRPr="00594C91" w:rsidRDefault="004E7071" w:rsidP="004E7071">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
@@ -2973,163 +3010,163 @@
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C96CAC" w:rsidRPr="00594C91" w:rsidSect="007237EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="1135" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="799A49C5" w14:textId="77777777" w:rsidR="007018C0" w:rsidRDefault="007018C0" w:rsidP="00F21EF7">
+    <w:p w14:paraId="2CB81C77" w14:textId="77777777" w:rsidR="000B41F2" w:rsidRDefault="000B41F2" w:rsidP="00F21EF7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="232F1035" w14:textId="77777777" w:rsidR="007018C0" w:rsidRDefault="007018C0" w:rsidP="00F21EF7">
+    <w:p w14:paraId="6C305AD7" w14:textId="77777777" w:rsidR="000B41F2" w:rsidRDefault="000B41F2" w:rsidP="00F21EF7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F90BA3B" w14:textId="77777777" w:rsidR="007018C0" w:rsidRDefault="007018C0" w:rsidP="00F21EF7">
+    <w:p w14:paraId="2CA0A9BA" w14:textId="77777777" w:rsidR="000B41F2" w:rsidRDefault="000B41F2" w:rsidP="00F21EF7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33D93317" w14:textId="77777777" w:rsidR="007018C0" w:rsidRDefault="007018C0" w:rsidP="00F21EF7">
+    <w:p w14:paraId="4252F34D" w14:textId="77777777" w:rsidR="000B41F2" w:rsidRDefault="000B41F2" w:rsidP="00F21EF7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37656AC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D868A970"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3543,133 +3580,134 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E7071"/>
     <w:rsid w:val="000561EF"/>
+    <w:rsid w:val="000B41F2"/>
     <w:rsid w:val="000C6D71"/>
     <w:rsid w:val="001312AE"/>
     <w:rsid w:val="001E25EA"/>
     <w:rsid w:val="001F6EBE"/>
     <w:rsid w:val="002875E2"/>
     <w:rsid w:val="002A189A"/>
     <w:rsid w:val="002A25FA"/>
+    <w:rsid w:val="002F098C"/>
     <w:rsid w:val="00311BE7"/>
     <w:rsid w:val="003C4699"/>
     <w:rsid w:val="00404637"/>
     <w:rsid w:val="00405810"/>
+    <w:rsid w:val="00413306"/>
     <w:rsid w:val="0041695B"/>
     <w:rsid w:val="004409AD"/>
     <w:rsid w:val="00480D1D"/>
     <w:rsid w:val="00490090"/>
     <w:rsid w:val="00494E0E"/>
     <w:rsid w:val="004B7E63"/>
     <w:rsid w:val="004C0E57"/>
     <w:rsid w:val="004D7FC3"/>
     <w:rsid w:val="004E7071"/>
     <w:rsid w:val="00572AE9"/>
     <w:rsid w:val="00594C91"/>
     <w:rsid w:val="00595261"/>
     <w:rsid w:val="005972D7"/>
     <w:rsid w:val="006454A8"/>
     <w:rsid w:val="006B1B56"/>
     <w:rsid w:val="006B39BF"/>
     <w:rsid w:val="006E413C"/>
     <w:rsid w:val="006E7BAB"/>
-    <w:rsid w:val="007018C0"/>
     <w:rsid w:val="007237EB"/>
     <w:rsid w:val="00777E9B"/>
     <w:rsid w:val="00794883"/>
     <w:rsid w:val="00802FD3"/>
     <w:rsid w:val="00832519"/>
     <w:rsid w:val="00913F13"/>
     <w:rsid w:val="00923D38"/>
     <w:rsid w:val="009B6F42"/>
     <w:rsid w:val="00A43A51"/>
     <w:rsid w:val="00A743A6"/>
     <w:rsid w:val="00B1459C"/>
     <w:rsid w:val="00B24FDF"/>
     <w:rsid w:val="00B2796D"/>
     <w:rsid w:val="00BD2A8B"/>
     <w:rsid w:val="00C80154"/>
     <w:rsid w:val="00C96CAC"/>
     <w:rsid w:val="00CE5ABD"/>
     <w:rsid w:val="00D0080B"/>
     <w:rsid w:val="00D83B43"/>
     <w:rsid w:val="00DF4468"/>
     <w:rsid w:val="00E50E1D"/>
     <w:rsid w:val="00ED32F5"/>
     <w:rsid w:val="00F21EF7"/>
     <w:rsid w:val="00FA5B2E"/>
     <w:rsid w:val="00FB4396"/>
-    <w:rsid w:val="00FB6B64"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D80D05D"/>
@@ -4716,65 +4754,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>463</Words>
-  <Characters>2548</Characters>
+  <Words>468</Words>
+  <Characters>2580</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPS2</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3005</CharactersWithSpaces>
+  <CharactersWithSpaces>3042</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Etienne Delannoy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>